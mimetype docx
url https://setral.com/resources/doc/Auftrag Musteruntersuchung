--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -1,5076 +1,1165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29A3E4EF" w14:textId="1593F7DC" w:rsidR="00814E5E" w:rsidRDefault="00B11670" w:rsidP="00101446">
+    <w:p w14:paraId="6D57E5FB" w14:textId="77777777" w:rsidR="00CA50C2" w:rsidRDefault="00DB6EE4" w:rsidP="00CA50C2">
       <w:pPr>
-        <w:ind w:left="1134"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...171 lines deleted...]
-          <w:lang w:val="de-DE"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="29AB9DBA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:lang w:val="de-DE"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Musteruntersuchung Auftrag</w:t>
+        <w:t>Musteruntersuchungs-</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidR="00E925D1">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Anfrage</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA50C2">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00CA50C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CA50C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA50C2" w:rsidRPr="00CA50C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA50C2" w:rsidRPr="00CA50C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A2BE818" wp14:editId="56CEE385">
+            <wp:extent cx="723900" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1959336379" name="Grafik 2" descr="Grafik 1, Bild, Bild"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="Grafik 1, Bild, Bild"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="723900" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="63D32932" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="009B62D0">
+    <w:p w14:paraId="20EBF73D" w14:textId="3F577477" w:rsidR="00E925D1" w:rsidRPr="00FC0FDF" w:rsidRDefault="00E925D1" w:rsidP="00CA50C2">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC0FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wichtig: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA50C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieses Dokument an </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00CA50C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="4472C4" w:themeColor="accent5"/>
+          </w:rPr>
+          <w:t>pm@setral.net</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FC0FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> senden. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CA50C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="008B747C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65C25" w:rsidRPr="00FC0FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dient dem </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0FDF" w:rsidRPr="00FC0FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>Genehmigungsprozess für Laborarbeiten.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TabellemithellemGitternetz1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2642"/>
+        <w:gridCol w:w="6420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w14:paraId="5EBE81B2" w14:textId="77777777" w:rsidTr="00DB6EE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C82A080" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w:rsidRDefault="006D6330">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Produktname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00425819" w:rsidRDefault="00DB6EE4" w:rsidP="00D73527">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w14:paraId="34741F68" w14:textId="77777777" w:rsidTr="00DB6EE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0355A455" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w:rsidRDefault="00DB6EE4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Außendienstler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00CB442D" w:rsidRDefault="00DB6EE4" w:rsidP="00D73527"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w14:paraId="7FDC8087" w14:textId="77777777" w:rsidTr="00DB6EE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28C4C456" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w:rsidRDefault="00DB6EE4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Kunde/Firma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00CB442D" w:rsidRDefault="00DB6EE4" w:rsidP="00D73527"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00873AC2" w14:paraId="42B63DF3" w14:textId="77777777" w:rsidTr="00DB6EE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DB17748" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRDefault="00DB6EE4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Versanddatum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00CB442D" w:rsidRDefault="00DB6EE4" w:rsidP="00D73527"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00873AC2" w:rsidRPr="00CB442D" w:rsidRDefault="00873AC2" w:rsidP="00CB442D">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1129" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2608"/>
-        <w:gridCol w:w="6168"/>
+        <w:gridCol w:w="2640"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="4752"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B62D0" w:rsidRPr="00873AC2" w14:paraId="65D593B2" w14:textId="77777777" w:rsidTr="00101446">
+      <w:tr w:rsidR="00CB442D" w:rsidRPr="00CB442D" w14:paraId="7D8372C8" w14:textId="77777777" w:rsidTr="00DB6EE4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2608" w:type="dxa"/>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2920B7DE" w14:textId="77777777" w:rsidR="00CB442D" w:rsidRPr="00425819" w:rsidRDefault="00CB442D" w:rsidP="000A43AC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425819">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidR="001272FC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Fragestellung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB442D" w:rsidRPr="00CB442D" w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidTr="001272FC">
+        <w:trPr>
+          <w:trHeight w:val="1115"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00CB442D" w:rsidRPr="00AC63FD" w:rsidRDefault="00CB442D"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00CB442D" w14:paraId="51652FE7" w14:textId="77777777" w:rsidTr="00DB6EE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="115993D0" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="006D6330" w:rsidRDefault="000A43AC" w:rsidP="000A43AC">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6330">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>. Absatzerwartung</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6330">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB6EE4" w:rsidRPr="00CB442D" w14:paraId="52738E00" w14:textId="77777777" w:rsidTr="000A43AC">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36E047F2" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3308E146" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="001A5306" w:rsidRDefault="00DB6EE4" w:rsidP="004C66A4">
+            <w:r w:rsidRPr="001A5306">
+              <w:t>Absatzvolumen</w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve">Produktname </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6168" w:type="dxa"/>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5534CE27" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00425819" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
+          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00DB6EE4" w:rsidRPr="00AC63FD" w:rsidRDefault="00DB6EE4" w:rsidP="009E4D1F"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D6330" w:rsidRPr="00CB442D" w14:paraId="7BDAC50C" w14:textId="77777777" w:rsidTr="000949B9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="75021F95" w14:textId="77777777" w:rsidR="006D6330" w:rsidRPr="00425819" w:rsidRDefault="000A43AC" w:rsidP="000A43AC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:rPr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6330" w:rsidRPr="00425819">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006D6330">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>weitere Informationen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B62D0" w:rsidRPr="00873AC2" w14:paraId="59C15345" w14:textId="77777777" w:rsidTr="00101446">
+      <w:tr w:rsidR="006D6330" w:rsidRPr="00CB442D" w14:paraId="7B7495BA" w14:textId="77777777" w:rsidTr="000A43AC">
+        <w:trPr>
+          <w:trHeight w:val="541"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2608" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4361" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8FF239" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
+          <w:p w14:paraId="18D5CFB6" w14:textId="77777777" w:rsidR="006D6330" w:rsidRPr="00E7524F" w:rsidRDefault="006D6330" w:rsidP="000A43AC">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Außendienstler</w:t>
+              <w:t xml:space="preserve">TD vorhanden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6168" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264C5764" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00CB442D" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
+          <w:p w14:paraId="61997CAA" w14:textId="77777777" w:rsidR="006D6330" w:rsidRPr="00E7524F" w:rsidRDefault="006D6330" w:rsidP="000A43AC">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">SD vorhanden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B62D0" w:rsidRPr="00873AC2" w14:paraId="5DDE0889" w14:textId="77777777" w:rsidTr="00101446">
+      <w:tr w:rsidR="000A43AC" w:rsidRPr="00CB442D" w14:paraId="75426ACD" w14:textId="77777777" w:rsidTr="000949B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2608" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="68A463E4" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
+          <w:p w14:paraId="494B289C" w14:textId="77777777" w:rsidR="000A43AC" w:rsidRPr="00425819" w:rsidRDefault="000A43AC" w:rsidP="000A43AC">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Kunde / Firma</w:t>
-[...13 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00425819">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Optionale Rücksendeadresse (</w:t>
+            </w:r>
+            <w:r w:rsidR="001272FC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nur für </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>weitere Materialien):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B62D0" w:rsidRPr="00873AC2" w14:paraId="55A987D1" w14:textId="77777777" w:rsidTr="00101446">
+      <w:tr w:rsidR="000A43AC" w:rsidRPr="00CB442D" w14:paraId="0D0B940D" w14:textId="77777777" w:rsidTr="009151D1">
+        <w:trPr>
+          <w:trHeight w:val="1113"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2608" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="29FA5393" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="00C7384F">
-[...19 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="000A43AC" w:rsidRPr="00AC63FD" w:rsidRDefault="000A43AC" w:rsidP="001A5306"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63CC369D" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00667D0F" w:rsidRDefault="009B62D0" w:rsidP="009B62D0">
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00CE38A8" w:rsidRPr="00C91A63" w:rsidRDefault="00CE38A8" w:rsidP="00CE38A8">
       <w:pPr>
-        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-1"/>
+        <w:pStyle w:val="KeinLeerraum"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C580F23" w14:textId="77777777" w:rsidR="009B62D0" w:rsidRPr="00AE4E18" w:rsidRDefault="009B62D0" w:rsidP="009B62D0">
-[...357 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+    <w:sectPr w:rsidR="00CE38A8" w:rsidRPr="00C91A63" w:rsidSect="00B94F6B">
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="993" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="543EA2CF" w14:textId="77777777" w:rsidR="00D87BE5" w:rsidRDefault="00D87BE5" w:rsidP="00153E3D">
+    <w:p w14:paraId="4F7BC0DC" w14:textId="77777777" w:rsidR="00B94F6B" w:rsidRDefault="00B94F6B" w:rsidP="00B94F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41719D2E" w14:textId="77777777" w:rsidR="00D87BE5" w:rsidRDefault="00D87BE5" w:rsidP="00153E3D">
+    <w:p w14:paraId="4B9984B4" w14:textId="77777777" w:rsidR="00B94F6B" w:rsidRDefault="00B94F6B" w:rsidP="00B94F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="320F774A" w14:textId="57EBF444" w:rsidR="003D62C5" w:rsidRPr="00FE7CF2" w:rsidRDefault="000A5753" w:rsidP="00FE7CF2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-887798879"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="407CE2FB" w14:textId="77777777" w:rsidR="000E2F97" w:rsidRDefault="00593D68">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="000E2F97">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00A516B0">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="000E2F97" w:rsidRDefault="000E2F97" w:rsidP="000E2F97">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
-[...10 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="KeinLeerraum"/>
     </w:pPr>
-    <w:r>
-[...906 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D49B79F" w14:textId="77777777" w:rsidR="00D87BE5" w:rsidRDefault="00D87BE5" w:rsidP="00153E3D">
+    <w:p w14:paraId="2ED0DC83" w14:textId="77777777" w:rsidR="00B94F6B" w:rsidRDefault="00B94F6B" w:rsidP="00B94F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F93116D" w14:textId="77777777" w:rsidR="00D87BE5" w:rsidRDefault="00D87BE5" w:rsidP="00153E3D">
+    <w:p w14:paraId="5C282B96" w14:textId="77777777" w:rsidR="00B94F6B" w:rsidRDefault="00B94F6B" w:rsidP="00B94F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...141 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...1859 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...7 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EA5778"/>
-[...1106 lines deleted...]
-    <w:rsid w:val="00FF4AE8"/>
+    <w:rsidRoot w:val="00873AC2"/>
+    <w:rsid w:val="00057D0A"/>
+    <w:rsid w:val="000A43AC"/>
+    <w:rsid w:val="000E2F97"/>
+    <w:rsid w:val="000E398F"/>
+    <w:rsid w:val="001272FC"/>
+    <w:rsid w:val="001616FC"/>
+    <w:rsid w:val="001A5306"/>
+    <w:rsid w:val="001C041A"/>
+    <w:rsid w:val="001E267C"/>
+    <w:rsid w:val="002122C1"/>
+    <w:rsid w:val="00251D71"/>
+    <w:rsid w:val="002852DA"/>
+    <w:rsid w:val="003F555C"/>
+    <w:rsid w:val="00403011"/>
+    <w:rsid w:val="00425819"/>
+    <w:rsid w:val="004712AE"/>
+    <w:rsid w:val="004A0BA1"/>
+    <w:rsid w:val="004C66A4"/>
+    <w:rsid w:val="004E13BA"/>
+    <w:rsid w:val="00593D68"/>
+    <w:rsid w:val="005C4BF4"/>
+    <w:rsid w:val="006506CA"/>
+    <w:rsid w:val="006D6330"/>
+    <w:rsid w:val="00731C38"/>
+    <w:rsid w:val="00873AC2"/>
+    <w:rsid w:val="0088319F"/>
+    <w:rsid w:val="008B747C"/>
+    <w:rsid w:val="008E2422"/>
+    <w:rsid w:val="009B4911"/>
+    <w:rsid w:val="009F699C"/>
+    <w:rsid w:val="00A516B0"/>
+    <w:rsid w:val="00A65FEF"/>
+    <w:rsid w:val="00A844EE"/>
+    <w:rsid w:val="00AC63FD"/>
+    <w:rsid w:val="00AD70D6"/>
+    <w:rsid w:val="00B57CE0"/>
+    <w:rsid w:val="00B94F6B"/>
+    <w:rsid w:val="00BA1D22"/>
+    <w:rsid w:val="00BD603B"/>
+    <w:rsid w:val="00C91A63"/>
+    <w:rsid w:val="00CA50C2"/>
+    <w:rsid w:val="00CB442D"/>
+    <w:rsid w:val="00CE38A8"/>
+    <w:rsid w:val="00D73527"/>
+    <w:rsid w:val="00D9087C"/>
+    <w:rsid w:val="00DB6EE4"/>
+    <w:rsid w:val="00DF35BF"/>
+    <w:rsid w:val="00E04581"/>
+    <w:rsid w:val="00E43015"/>
+    <w:rsid w:val="00E56FB4"/>
+    <w:rsid w:val="00E57534"/>
+    <w:rsid w:val="00E65C25"/>
+    <w:rsid w:val="00E7524F"/>
+    <w:rsid w:val="00E85D96"/>
+    <w:rsid w:val="00E925D1"/>
+    <w:rsid w:val="00F01120"/>
+    <w:rsid w:val="00F94D02"/>
+    <w:rsid w:val="00FB169F"/>
+    <w:rsid w:val="00FC0FDF"/>
+    <w:rsid w:val="0161ED7C"/>
+    <w:rsid w:val="04ED2C9A"/>
+    <w:rsid w:val="08D65DCB"/>
+    <w:rsid w:val="178563CF"/>
+    <w:rsid w:val="19761C7D"/>
+    <w:rsid w:val="29AB9DBA"/>
+    <w:rsid w:val="3D8C1953"/>
+    <w:rsid w:val="481E43F9"/>
+    <w:rsid w:val="70B62A10"/>
+    <w:rsid w:val="7F51CF9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="51DFEACE"/>
-  <w15:docId w15:val="{1A7BF6C7-F0A0-46A0-AF5B-8CCD2B5BF395}"/>
+  <w14:docId w14:val="61EF344A"/>
+  <w15:docId w15:val="{6E83F928-462A-4111-97BF-6EE3477E6393}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5149,51 +1238,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -5363,1259 +1452,289 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D80D84"/>
-[...69 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00593D68"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...147 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="001942DF"/>
+    <w:rsid w:val="00873AC2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TabellemithellemGitternetz1">
+    <w:name w:val="Tabelle mit hellem Gitternetz1"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00873AC2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KeinLeerraum">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB442D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KopfzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153E3D"/>
+    <w:rsid w:val="00B94F6B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00153E3D"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B94F6B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153E3D"/>
+    <w:rsid w:val="00B94F6B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00153E3D"/>
+    <w:rsid w:val="00B94F6B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="SprechblasentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C66A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="HelleSchattierung-Akzent6">
-[...3 lines deleted...]
-    <w:rsid w:val="00C949B2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Sprechblasentext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C66A4"/>
     <w:rPr>
-      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...202 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent6">
-[...70 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="29AB9DBA"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="EinfacheTabelle1">
-[...76 lines deleted...]
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00334859"/>
+    <w:rsid w:val="00E925D1"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...84 lines deleted...]
-      <w:color w:val="808080"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...367 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pm@setral.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Larissa">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6650,254 +1769,645 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Larissa">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727" xsi:nil="true"/>
+    <Status1 xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">Valid</Status1>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Comment xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727" xsi:nil="true"/>
+    <Valid xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">ViFlow</Valid>
+    <TaxCatchAll xmlns="183948a6-2552-49cb-b949-7c77d045f4c3" xsi:nil="true"/>
+    <Freigabenotwendig xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">false</Freigabenotwendig>
+    <Scope xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">ECCO GROUP</Scope>
+    <Type xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727">Form</Type>
+    <Department xmlns="ee40116f-db1b-4e19-b1c1-e0c5bf21a727" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010039512526302DE64C97768300A3C4C034" ma:contentTypeVersion="27" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="a2976985813e81b568125aa39a41fb68">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee40116f-db1b-4e19-b1c1-e0c5bf21a727" xmlns:ns3="183948a6-2552-49cb-b949-7c77d045f4c3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77dec9e3e7a5b4c3c0ef8bf97b280407" ns2:_="" ns3:_="">
+    <xsd:import namespace="ee40116f-db1b-4e19-b1c1-e0c5bf21a727"/>
+    <xsd:import namespace="183948a6-2552-49cb-b949-7c77d045f4c3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:Scope" minOccurs="0"/>
+                <xsd:element ref="ns2:Department" minOccurs="0"/>
+                <xsd:element ref="ns2:Valid" minOccurs="0"/>
+                <xsd:element ref="ns2:Freigabenotwendig" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:Type" minOccurs="0"/>
+                <xsd:element ref="ns2:Status1" minOccurs="0"/>
+                <xsd:element ref="ns2:Comment" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee40116f-db1b-4e19-b1c1-e0c5bf21a727" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5f89d048-924e-4105-ae50-1609bd9b1733" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Scope" ma:index="18" nillable="true" ma:displayName="Scope" ma:format="Dropdown" ma:internalName="Scope">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="ECCO GROUP"/>
+          <xsd:enumeration value="SSA"/>
+          <xsd:enumeration value="SCG"/>
+          <xsd:enumeration value="ECCO Gleittechnik"/>
+          <xsd:enumeration value="OTHER"/>
+          <xsd:enumeration value="ESG"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Department" ma:index="19" nillable="true" ma:displayName="Department" ma:format="Dropdown" ma:internalName="Department">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Sales"/>
+                    <xsd:enumeration value="PM"/>
+                    <xsd:enumeration value="QM"/>
+                    <xsd:enumeration value="Finance"/>
+                    <xsd:enumeration value="Export"/>
+                    <xsd:enumeration value="Logistics"/>
+                    <xsd:enumeration value="Production"/>
+                    <xsd:enumeration value="HR"/>
+                    <xsd:enumeration value="Marketing"/>
+                    <xsd:enumeration value="Company Management"/>
+                    <xsd:enumeration value="General Compliance"/>
+                    <xsd:enumeration value="Company Governance"/>
+                    <xsd:enumeration value="CSR"/>
+                    <xsd:enumeration value="Chemical Compliance"/>
+                    <xsd:enumeration value="R &amp; D"/>
+                    <xsd:enumeration value="Laboratory"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Valid" ma:index="20" nillable="true" ma:displayName="Status (old; use other)" ma:default="ViFlow" ma:format="Dropdown" ma:internalName="Valid">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="ViFlow"/>
+          <xsd:enumeration value="Valid"/>
+          <xsd:enumeration value="pending"/>
+          <xsd:enumeration value="not defined / no status"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Freigabenotwendig" ma:index="21" nillable="true" ma:displayName="Approval necessary?" ma:default="0" ma:description="Freigabe notwendig?&#10;Autorisation nécessaire ?" ma:format="Dropdown" ma:internalName="Freigabenotwendig">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="22" nillable="true" ma:displayName="Approved?" ma:description="Freigabe?&#10;Autorisation?&#10;" ma:format="Dropdown" ma:internalName="Status_x0020_Unterschrift">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Approved"/>
+          <xsd:enumeration value="Not Approved"/>
+          <xsd:enumeration value="Auswahl 3"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Type" ma:index="23" nillable="true" ma:displayName="Type" ma:format="Dropdown" ma:internalName="Type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal Directive"/>
+          <xsd:enumeration value="Form"/>
+          <xsd:enumeration value="Procedural Instructions"/>
+          <xsd:enumeration value="Work Instruction"/>
+          <xsd:enumeration value="Process Description"/>
+          <xsd:enumeration value="Other Documentation"/>
+          <xsd:enumeration value="Not Classified"/>
+          <xsd:enumeration value="template"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status1" ma:index="24" nillable="true" ma:displayName="Status " ma:default="Valid" ma:format="RadioButtons" ma:internalName="Status1">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Valid"/>
+          <xsd:enumeration value="Revision Necessary"/>
+          <xsd:enumeration value="Obsolete"/>
+          <xsd:enumeration value="Pending"/>
+          <xsd:enumeration value="Archived"/>
+          <xsd:enumeration value="n/a"/>
+          <xsd:enumeration value="Revision with new ERP"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Comment" ma:index="25" nillable="true" ma:displayName="Comment" ma:format="Dropdown" ma:internalName="Comment">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="183948a6-2552-49cb-b949-7c77d045f4c3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2101e0e0-2b4c-4227-aefb-5abda7150376}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="183948a6-2552-49cb-b949-7c77d045f4c3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="27" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="28" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E754A087-ADC7-4F97-8C45-92D781FFF684}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37A172FE-CE15-4EF8-BAC2-255925C7A82D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="ee40116f-db1b-4e19-b1c1-e0c5bf21a727"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="183948a6-2552-49cb-b949-7c77d045f4c3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62C11B52-86A3-4AAC-974E-CC4416FD14F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5831C5AE-41E2-4D7D-B2FC-DB699AAC5773}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ee40116f-db1b-4e19-b1c1-e0c5bf21a727"/>
+    <ds:schemaRef ds:uri="183948a6-2552-49cb-b949-7c77d045f4c3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>25</Words>
-  <Characters>253</Characters>
+  <Words>63</Words>
+  <Characters>404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>466</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:i4>3342346</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:pm@setral.net</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>welle_setral2</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Verena Schott</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039512526302DE64C97768300A3C4C034</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>